--- v0 (2025-10-22)
+++ v1 (2026-01-20)
@@ -6,89 +6,89 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://worksafenz-my.sharepoint.com/personal/charlotte_rae_worksafe_govt_nz/Documents/Documents/Website files/A to Z topics - guidance/Asbestos/Final art docs/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://worksafenz-my.sharepoint.com/personal/ashlyn_deo_worksafe_govt_nz/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{75475C8A-6526-49C0-A67F-8D2DA992BD1C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EF714C97-2101-4ED4-9AF2-B34D9FAF9787}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Approved Laboratory Register" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Approved Laboratory Register'!$A$1:$E$7</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="11" uniqueCount="11">
   <si>
     <t>Approved Laboratory Register
 PO Box 165, Wellington 6140
 New Zealand</t>
   </si>
   <si>
     <t>Laboratory name</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Laboratory location
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>(city)</t>
     </r>
   </si>
   <si>
     <r>
@@ -116,59 +116,50 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>Date approval granted</t>
   </si>
   <si>
     <t>Date approval expires</t>
   </si>
   <si>
     <t>Maynard Marks New Zealand Limited</t>
   </si>
   <si>
     <t>Auckland</t>
   </si>
   <si>
     <t>NOHSC:3003 2005 Membrane filter method for estimating airborne asbestos fibres</t>
-  </si>
-[...7 lines deleted...]
-    <t>AS5370: 2024 Sampling and qualitative identification of asbestos in bulk material, NOHSC:3003 2005 Membrane filter method for estimating airborne asbestos fibres</t>
   </si>
   <si>
     <t>You can find accredited laboratories at IANZ</t>
   </si>
   <si>
     <t>If the Laboratory you are looking for is not on this list and you think it should be, please email asbestos@worksafe.govt.nz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -373,51 +364,51 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>6350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>19051</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
       <xdr:colOff>302454</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>885825</xdr:rowOff>
+      <xdr:rowOff>882650</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" descr="http://worksafe/how/PublishingImages/WorkSafe%20logos/Primary%20logo%20colour1.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -675,200 +666,174 @@
               </a:schemeClr>
             </a:duotone>
           </a:blip>
           <a:tile tx="0" ty="0" sx="32000" sy="32000" flip="none" algn="tl"/>
         </a:blipFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E7"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:B1"/>
+      <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="32.625" customWidth="1"/>
+    <col min="1" max="1" width="32.58203125" customWidth="1"/>
     <col min="2" max="2" width="22.5" customWidth="1"/>
     <col min="3" max="3" width="40" customWidth="1"/>
-    <col min="4" max="4" width="21.875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="21.83203125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="70.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:5" ht="70.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="12"/>
       <c r="B1" s="13"/>
       <c r="C1" s="5"/>
       <c r="D1" s="10" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="11"/>
     </row>
-    <row r="2" spans="1:5" s="1" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:5" s="1" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="6" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D2" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E2" s="6" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="1:5" s="2" customFormat="1" ht="28.5" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:5" s="2" customFormat="1" ht="28" x14ac:dyDescent="0.3">
       <c r="A3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="8">
         <v>45937</v>
       </c>
       <c r="E3" s="8">
         <v>46302</v>
       </c>
     </row>
-    <row r="4" spans="1:5" s="2" customFormat="1" ht="57" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="4" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="4"/>
+      <c r="B4" s="4"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="8"/>
+      <c r="E4" s="8"/>
     </row>
-    <row r="5" spans="1:5" s="2" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:5" s="2" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4"/>
       <c r="B5" s="4"/>
       <c r="C5" s="3"/>
       <c r="D5" s="4"/>
       <c r="E5" s="4"/>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="15" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="B6" s="15"/>
       <c r="C6" s="15"/>
       <c r="D6" s="15"/>
       <c r="E6" s="15"/>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="14" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B7" s="14"/>
       <c r="C7" s="14"/>
       <c r="D7" s="14"/>
       <c r="E7" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A6:E6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="87" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;R&amp;D</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...14 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Mako Document" ma:contentTypeID="0x010100A29A438C2C72D14884742BE30491510200653C44714619554784A1175E16645D3B" ma:contentTypeVersion="5" ma:contentTypeDescription="A content type that mimics the columns in the MAKO system. This will accommodate the metadata of the documents moved out of the new MAKO system into workspaces." ma:contentTypeScope="" ma:versionID="c104e20a034ada132c48a9dd960bcc6b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c668c7a1-fdcf-4f6d-8661-376ac8c90b7e" xmlns:ns3="28567302-e66f-4b8d-854a-7529efaf450a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8c7eea646496c7d41aee29109d554d5b" ns2:_="" ns3:_="">
     <xsd:import namespace="c668c7a1-fdcf-4f6d-8661-376ac8c90b7e"/>
     <xsd:import namespace="28567302-e66f-4b8d-854a-7529efaf450a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MAKOItemId" minOccurs="0"/>
                 <xsd:element ref="ns2:SecurityClassification" minOccurs="0"/>
                 <xsd:element ref="ns2:Description1" minOccurs="0"/>
                 <xsd:element ref="ns2:Classification" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocIdPersistId" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c668c7a1-fdcf-4f6d-8661-376ac8c90b7e" elementFormDefault="qualified">
@@ -1025,57 +990,69 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SecurityClassification xmlns="c668c7a1-fdcf-4f6d-8661-376ac8c90b7e">IN-CONFIDENCE</SecurityClassification>
+    <Description1 xmlns="c668c7a1-fdcf-4f6d-8661-376ac8c90b7e">None</Description1>
+    <MAKOItemId xmlns="c668c7a1-fdcf-4f6d-8661-376ac8c90b7e">49925051</MAKOItemId>
+    <Classification xmlns="c668c7a1-fdcf-4f6d-8661-376ac8c90b7e" xsi:nil="true"/>
+    <_dlc_DocId xmlns="28567302-e66f-4b8d-854a-7529efaf450a">WORK-83258987-830</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="28567302-e66f-4b8d-854a-7529efaf450a">
+      <Url>https://worksafenz.sharepoint.com/sites/BusSol-Comms-DEV/_layouts/15/DocIdRedir.aspx?ID=WORK-83258987-830</Url>
+      <Description>WORK-83258987-830</Description>
+    </_dlc_DocIdUrl>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
-[...3 lines deleted...]
-</FormTemplates>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="16722be4-e0c1-4a72-933b-7a5f66d11d4d" ContentTypeId="0x010100A29A438C2C72D14884742BE304915102" PreviousValue="false" LastSyncTimeStamp="2021-12-08T23:48:02.037Z"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
@@ -1086,103 +1063,107 @@
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="16722be4-e0c1-4a72-933b-7a5f66d11d4d" ContentTypeId="0x010100A29A438C2C72D14884742BE304915102" PreviousValue="false" LastSyncTimeStamp="2021-12-08T23:48:02.037Z"/>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBC4CA9E-E34F-4A72-A652-80B6C5C949BF}">
-[...9 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1B95611-5641-48EA-B3E1-CA577A871E20}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c668c7a1-fdcf-4f6d-8661-376ac8c90b7e"/>
     <ds:schemaRef ds:uri="28567302-e66f-4b8d-854a-7529efaf450a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBC4CA9E-E34F-4A72-A652-80B6C5C949BF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c668c7a1-fdcf-4f6d-8661-376ac8c90b7e"/>
+    <ds:schemaRef ds:uri="28567302-e66f-4b8d-854a-7529efaf450a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AC06A4B-194C-4586-AECE-A363B6394D50}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28C24F75-61F0-4EAA-8479-96F7BB260890}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA942817-D807-42B4-A0D7-6FBBD99FDA79}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28C24F75-61F0-4EAA-8479-96F7BB260890}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7AC06A4B-194C-4586-AECE-A363B6394D50}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>